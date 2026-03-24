--- v0 (2026-02-07)
+++ v1 (2026-03-24)
@@ -750,2440 +750,2620 @@
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="2">
         <v>45291</v>
       </c>
       <c r="E16" s="3">
         <v>2023</v>
       </c>
       <c r="F16">
         <v>1218882</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D17" s="2">
-        <v>40178</v>
+        <v>45657</v>
       </c>
       <c r="E17" s="3">
-        <v>2009</v>
+        <v>2024</v>
       </c>
       <c r="F17">
-        <v>332221</v>
+        <v>1248866</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
-        <v>40543</v>
+        <v>40178</v>
       </c>
       <c r="E18" s="3">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="F18">
-        <v>297988</v>
+        <v>332221</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
-        <v>40908</v>
+        <v>40543</v>
       </c>
       <c r="E19" s="3">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="F19">
-        <v>288480</v>
+        <v>297988</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="2">
-        <v>41274</v>
+        <v>40908</v>
       </c>
       <c r="E20" s="3">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="F20">
-        <v>278844</v>
+        <v>288480</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E21" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F21">
-        <v>331463</v>
+        <v>278844</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E22" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F22">
-        <v>271138</v>
+        <v>331463</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E23" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F23">
-        <v>282879</v>
+        <v>271138</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E24" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F24">
-        <v>260788</v>
+        <v>282879</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E25" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F25">
-        <v>282093</v>
+        <v>260788</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E26" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F26">
-        <v>232328</v>
+        <v>282093</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E27" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F27">
-        <v>273450</v>
+        <v>232328</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E28" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F28">
-        <v>238273</v>
+        <v>273450</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E29" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F29">
-        <v>242996</v>
+        <v>238273</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E30" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F30">
-        <v>223757</v>
+        <v>242996</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E31" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F31">
-        <v>233554</v>
+        <v>223757</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D32" s="2">
-        <v>40178</v>
+        <v>45291</v>
       </c>
       <c r="E32" s="3">
-        <v>2009</v>
+        <v>2023</v>
       </c>
       <c r="F32">
-        <v>455220</v>
+        <v>233554</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D33" s="2">
-        <v>40543</v>
+        <v>45657</v>
       </c>
       <c r="E33" s="3">
-        <v>2010</v>
+        <v>2024</v>
       </c>
       <c r="F33">
-        <v>468547</v>
+        <v>242329</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
         <v>10</v>
       </c>
       <c r="D34" s="2">
-        <v>40908</v>
+        <v>40178</v>
       </c>
       <c r="E34" s="3">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="F34">
-        <v>462281</v>
+        <v>455220</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="2">
-        <v>41274</v>
+        <v>40543</v>
       </c>
       <c r="E35" s="3">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="F35">
-        <v>430823</v>
+        <v>468547</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="2">
-        <v>41639</v>
+        <v>40908</v>
       </c>
       <c r="E36" s="3">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="F36">
-        <v>451069</v>
+        <v>462281</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E37" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F37">
-        <v>451877</v>
+        <v>430823</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
         <v>10</v>
       </c>
       <c r="D38" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E38" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F38">
-        <v>478233</v>
+        <v>451069</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
         <v>10</v>
       </c>
       <c r="D39" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E39" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F39">
-        <v>524485</v>
+        <v>451877</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
         <v>10</v>
       </c>
       <c r="D40" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E40" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F40">
-        <v>547316</v>
+        <v>478233</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E41" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F41">
-        <v>512824</v>
+        <v>524485</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>7</v>
       </c>
       <c r="C42" t="s">
         <v>10</v>
       </c>
       <c r="D42" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E42" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F42">
-        <v>489642</v>
+        <v>547316</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>7</v>
       </c>
       <c r="C43" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E43" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F43">
-        <v>413935</v>
+        <v>512824</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
         <v>7</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E44" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F44">
-        <v>451911</v>
+        <v>489642</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
         <v>7</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E45" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F45">
-        <v>469829</v>
+        <v>413935</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E46" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F46">
-        <v>401177</v>
+        <v>451911</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>7</v>
       </c>
       <c r="C47" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D47" s="2">
-        <v>40178</v>
+        <v>44926</v>
       </c>
       <c r="E47" s="3">
-        <v>2009</v>
+        <v>2022</v>
       </c>
       <c r="F47">
-        <v>68790</v>
+        <v>469829</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>7</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D48" s="2">
-        <v>40543</v>
+        <v>45291</v>
       </c>
       <c r="E48" s="3">
-        <v>2010</v>
+        <v>2023</v>
       </c>
       <c r="F48">
-        <v>75717</v>
+        <v>401177</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
         <v>7</v>
       </c>
       <c r="C49" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D49" s="2">
-        <v>40908</v>
+        <v>45657</v>
       </c>
       <c r="E49" s="3">
-        <v>2011</v>
+        <v>2024</v>
       </c>
       <c r="F49">
-        <v>65432</v>
+        <v>430694</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" s="2">
-        <v>41274</v>
+        <v>40178</v>
       </c>
       <c r="E50" s="3">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="F50">
-        <v>66993</v>
+        <v>68790</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
         <v>7</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" s="2">
-        <v>41639</v>
+        <v>40543</v>
       </c>
       <c r="E51" s="3">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="F51">
-        <v>73886</v>
+        <v>75717</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
         <v>7</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" s="2">
-        <v>42004</v>
+        <v>40908</v>
       </c>
       <c r="E52" s="3">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="F52">
-        <v>70755</v>
+        <v>65432</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" s="2">
-        <v>42369</v>
+        <v>41274</v>
       </c>
       <c r="E53" s="3">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="F53">
-        <v>73622</v>
+        <v>66993</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E54" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F54">
-        <v>76607</v>
+        <v>73886</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" s="2">
-        <v>43100</v>
+        <v>42004</v>
       </c>
       <c r="E55" s="3">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="F55">
-        <v>75851</v>
+        <v>70755</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" s="2">
-        <v>43465</v>
+        <v>42369</v>
       </c>
       <c r="E56" s="3">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="F56">
-        <v>74057</v>
+        <v>73622</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E57" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F57">
-        <v>72565</v>
+        <v>76607</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" s="2">
-        <v>44196</v>
+        <v>43100</v>
       </c>
       <c r="E58" s="3">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="F58">
-        <v>70081</v>
+        <v>75851</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E59" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F59">
-        <v>73277</v>
+        <v>74057</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" s="2">
-        <v>44926</v>
+        <v>43830</v>
       </c>
       <c r="E60" s="3">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F60">
-        <v>65464</v>
+        <v>72565</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" s="2">
-        <v>45291</v>
+        <v>44196</v>
       </c>
       <c r="E61" s="3">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="F61">
-        <v>79145</v>
+        <v>70081</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D62" s="2">
-        <v>40178</v>
+        <v>44561</v>
       </c>
       <c r="E62" s="3">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="F62">
-        <v>57975</v>
+        <v>73277</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D63" s="2">
-        <v>40543</v>
+        <v>44926</v>
       </c>
       <c r="E63" s="3">
-        <v>2010</v>
+        <v>2022</v>
       </c>
       <c r="F63">
-        <v>76275</v>
+        <v>65464</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D64" s="2">
-        <v>40908</v>
+        <v>45291</v>
       </c>
       <c r="E64" s="3">
-        <v>2011</v>
+        <v>2023</v>
       </c>
       <c r="F64">
-        <v>63242</v>
+        <v>79145</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D65" s="2">
-        <v>41274</v>
+        <v>45657</v>
       </c>
       <c r="E65" s="3">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="F65">
-        <v>63185</v>
+        <v>64680</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
         <v>12</v>
       </c>
       <c r="D66" s="2">
-        <v>41639</v>
+        <v>40178</v>
       </c>
       <c r="E66" s="3">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="F66">
-        <v>59564</v>
+        <v>57975</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
         <v>12</v>
       </c>
       <c r="D67" s="2">
-        <v>42004</v>
+        <v>40543</v>
       </c>
       <c r="E67" s="3">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="F67">
-        <v>52390</v>
+        <v>76275</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
         <v>12</v>
       </c>
       <c r="D68" s="2">
-        <v>42369</v>
+        <v>40908</v>
       </c>
       <c r="E68" s="3">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="F68">
-        <v>53072</v>
+        <v>63242</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
         <v>12</v>
       </c>
       <c r="D69" s="2">
-        <v>42735</v>
+        <v>41274</v>
       </c>
       <c r="E69" s="3">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="F69">
-        <v>59273</v>
+        <v>63185</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
         <v>12</v>
       </c>
       <c r="D70" s="2">
-        <v>43100</v>
+        <v>41639</v>
       </c>
       <c r="E70" s="3">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="F70">
-        <v>58729</v>
+        <v>59564</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
         <v>12</v>
       </c>
       <c r="D71" s="2">
-        <v>43465</v>
+        <v>42004</v>
       </c>
       <c r="E71" s="3">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="F71">
-        <v>64461</v>
+        <v>52390</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
         <v>12</v>
       </c>
       <c r="D72" s="2">
-        <v>43830</v>
+        <v>42369</v>
       </c>
       <c r="E72" s="3">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="F72">
-        <v>58813</v>
+        <v>53072</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
         <v>12</v>
       </c>
       <c r="D73" s="2">
-        <v>44196</v>
+        <v>42735</v>
       </c>
       <c r="E73" s="3">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="F73">
-        <v>53746</v>
+        <v>59273</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
         <v>12</v>
       </c>
       <c r="D74" s="2">
-        <v>44561</v>
+        <v>43100</v>
       </c>
       <c r="E74" s="3">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="F74">
-        <v>57516</v>
+        <v>58729</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
         <v>12</v>
       </c>
       <c r="D75" s="2">
-        <v>44926</v>
+        <v>43465</v>
       </c>
       <c r="E75" s="3">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="F75">
-        <v>56580</v>
+        <v>64461</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
         <v>12</v>
       </c>
       <c r="D76" s="2">
-        <v>45291</v>
+        <v>43830</v>
       </c>
       <c r="E76" s="3">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="F76">
-        <v>60001</v>
+        <v>58813</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D77" s="2">
-        <v>40178</v>
+        <v>44196</v>
       </c>
       <c r="E77" s="3">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="F77">
-        <v>120415</v>
+        <v>53746</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D78" s="2">
-        <v>40543</v>
+        <v>44561</v>
       </c>
       <c r="E78" s="3">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="F78">
-        <v>161167</v>
+        <v>57516</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
         <v>7</v>
       </c>
       <c r="C79" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D79" s="2">
-        <v>40908</v>
+        <v>44926</v>
       </c>
       <c r="E79" s="3">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="F79">
-        <v>149341</v>
+        <v>56580</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
         <v>7</v>
       </c>
       <c r="C80" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D80" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E80" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F80">
-        <v>141504</v>
+        <v>60001</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D81" s="2">
-        <v>41639</v>
+        <v>45657</v>
       </c>
       <c r="E81" s="3">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="F81">
-        <v>160523</v>
+        <v>54634</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
         <v>13</v>
       </c>
       <c r="D82" s="2">
-        <v>42004</v>
+        <v>40178</v>
       </c>
       <c r="E82" s="3">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="F82">
-        <v>140213</v>
+        <v>120415</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
         <v>13</v>
       </c>
       <c r="D83" s="2">
-        <v>42369</v>
+        <v>40543</v>
       </c>
       <c r="E83" s="3">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="F83">
-        <v>145515</v>
+        <v>161167</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
         <v>13</v>
       </c>
       <c r="D84" s="2">
-        <v>42735</v>
+        <v>40908</v>
       </c>
       <c r="E84" s="3">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="F84">
-        <v>167716</v>
+        <v>149341</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
         <v>7</v>
       </c>
       <c r="C85" t="s">
         <v>13</v>
       </c>
       <c r="D85" s="2">
-        <v>43100</v>
+        <v>41274</v>
       </c>
       <c r="E85" s="3">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="F85">
-        <v>175737</v>
+        <v>141504</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>7</v>
       </c>
       <c r="C86" t="s">
         <v>13</v>
       </c>
       <c r="D86" s="2">
-        <v>43465</v>
+        <v>41639</v>
       </c>
       <c r="E86" s="3">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="F86">
-        <v>182395</v>
+        <v>160523</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
         <v>13</v>
       </c>
       <c r="D87" s="2">
-        <v>43830</v>
+        <v>42004</v>
       </c>
       <c r="E87" s="3">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="F87">
-        <v>191669</v>
+        <v>140213</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
       <c r="C88" t="s">
         <v>13</v>
       </c>
       <c r="D88" s="2">
-        <v>44196</v>
+        <v>42369</v>
       </c>
       <c r="E88" s="3">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="F88">
-        <v>203911</v>
+        <v>145515</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
         <v>7</v>
       </c>
       <c r="C89" t="s">
         <v>13</v>
       </c>
       <c r="D89" s="2">
-        <v>44561</v>
+        <v>42735</v>
       </c>
       <c r="E89" s="3">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="F89">
-        <v>236769</v>
+        <v>167716</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
         <v>7</v>
       </c>
       <c r="C90" t="s">
         <v>13</v>
       </c>
       <c r="D90" s="2">
-        <v>44926</v>
+        <v>43100</v>
       </c>
       <c r="E90" s="3">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="F90">
-        <v>183729</v>
+        <v>175737</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
         <v>7</v>
       </c>
       <c r="C91" t="s">
         <v>13</v>
       </c>
       <c r="D91" s="2">
-        <v>45291</v>
+        <v>43465</v>
       </c>
       <c r="E91" s="3">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="F91">
-        <v>171133</v>
+        <v>182395</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
         <v>7</v>
       </c>
       <c r="C92" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D92" s="2">
-        <v>40178</v>
+        <v>43830</v>
       </c>
       <c r="E92" s="3">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="F92">
-        <v>271568</v>
+        <v>191669</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>6</v>
       </c>
       <c r="B93" t="s">
         <v>7</v>
       </c>
       <c r="C93" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D93" s="2">
-        <v>40543</v>
+        <v>44196</v>
       </c>
       <c r="E93" s="3">
-        <v>2010</v>
+        <v>2020</v>
       </c>
       <c r="F93">
-        <v>254461</v>
+        <v>203911</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
         <v>7</v>
       </c>
       <c r="C94" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D94" s="2">
-        <v>40908</v>
+        <v>44561</v>
       </c>
       <c r="E94" s="3">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="F94">
-        <v>228210</v>
+        <v>236769</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
         <v>7</v>
       </c>
       <c r="C95" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D95" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E95" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F95">
-        <v>220472</v>
+        <v>183729</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
         <v>7</v>
       </c>
       <c r="C96" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D96" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E96" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F96">
-        <v>215580</v>
+        <v>171133</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>6</v>
       </c>
       <c r="B97" t="s">
         <v>7</v>
       </c>
       <c r="C97" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D97" s="2">
-        <v>42004</v>
+        <v>45657</v>
       </c>
       <c r="E97" s="3">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="F97">
-        <v>233258</v>
+        <v>179189</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>6</v>
       </c>
       <c r="B98" t="s">
         <v>7</v>
       </c>
       <c r="C98" t="s">
         <v>14</v>
       </c>
       <c r="D98" s="2">
-        <v>42369</v>
+        <v>40178</v>
       </c>
       <c r="E98" s="3">
-        <v>2015</v>
+        <v>2009</v>
       </c>
       <c r="F98">
-        <v>236426</v>
+        <v>271568</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
         <v>7</v>
       </c>
       <c r="C99" t="s">
         <v>14</v>
       </c>
       <c r="D99" s="2">
-        <v>42735</v>
+        <v>40543</v>
       </c>
       <c r="E99" s="3">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="F99">
-        <v>240213</v>
+        <v>254461</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
         <v>7</v>
       </c>
       <c r="C100" t="s">
         <v>14</v>
       </c>
       <c r="D100" s="2">
-        <v>43100</v>
+        <v>40908</v>
       </c>
       <c r="E100" s="3">
-        <v>2017</v>
+        <v>2011</v>
       </c>
       <c r="F100">
-        <v>246355</v>
+        <v>228210</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>6</v>
       </c>
       <c r="B101" t="s">
         <v>7</v>
       </c>
       <c r="C101" t="s">
         <v>14</v>
       </c>
       <c r="D101" s="2">
-        <v>43465</v>
+        <v>41274</v>
       </c>
       <c r="E101" s="3">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="F101">
-        <v>209021</v>
+        <v>220472</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>6</v>
       </c>
       <c r="B102" t="s">
         <v>7</v>
       </c>
       <c r="C102" t="s">
         <v>14</v>
       </c>
       <c r="D102" s="2">
-        <v>43830</v>
+        <v>41639</v>
       </c>
       <c r="E102" s="3">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="F102">
-        <v>215673</v>
+        <v>215580</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>6</v>
       </c>
       <c r="B103" t="s">
         <v>7</v>
       </c>
       <c r="C103" t="s">
         <v>14</v>
       </c>
       <c r="D103" s="2">
-        <v>44196</v>
+        <v>42004</v>
       </c>
       <c r="E103" s="3">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="F103">
-        <v>208781</v>
+        <v>233258</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>6</v>
       </c>
       <c r="B104" t="s">
         <v>7</v>
       </c>
       <c r="C104" t="s">
         <v>14</v>
       </c>
       <c r="D104" s="2">
-        <v>44561</v>
+        <v>42369</v>
       </c>
       <c r="E104" s="3">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="F104">
-        <v>220989</v>
+        <v>236426</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>6</v>
       </c>
       <c r="B105" t="s">
         <v>7</v>
       </c>
       <c r="C105" t="s">
         <v>14</v>
       </c>
       <c r="D105" s="2">
-        <v>44926</v>
+        <v>42735</v>
       </c>
       <c r="E105" s="3">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="F105">
-        <v>192280</v>
+        <v>240213</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>6</v>
       </c>
       <c r="B106" t="s">
         <v>7</v>
       </c>
       <c r="C106" t="s">
         <v>14</v>
       </c>
       <c r="D106" s="2">
-        <v>45291</v>
+        <v>43100</v>
       </c>
       <c r="E106" s="3">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="F106">
-        <v>194750</v>
+        <v>246355</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>6</v>
       </c>
       <c r="B107" t="s">
         <v>7</v>
       </c>
       <c r="C107" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D107" s="2">
-        <v>40178</v>
+        <v>43465</v>
       </c>
       <c r="E107" s="3">
-        <v>2009</v>
+        <v>2018</v>
       </c>
       <c r="F107">
-        <v>64164</v>
+        <v>209021</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>6</v>
       </c>
       <c r="B108" t="s">
         <v>7</v>
       </c>
       <c r="C108" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D108" s="2">
-        <v>40543</v>
+        <v>43830</v>
       </c>
       <c r="E108" s="3">
-        <v>2010</v>
+        <v>2019</v>
       </c>
       <c r="F108">
-        <v>73536</v>
+        <v>215673</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>6</v>
       </c>
       <c r="B109" t="s">
         <v>7</v>
       </c>
       <c r="C109" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D109" s="2">
-        <v>40908</v>
+        <v>44196</v>
       </c>
       <c r="E109" s="3">
-        <v>2011</v>
+        <v>2020</v>
       </c>
       <c r="F109">
-        <v>69133</v>
+        <v>208781</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>6</v>
       </c>
       <c r="B110" t="s">
         <v>7</v>
       </c>
       <c r="C110" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D110" s="2">
-        <v>41274</v>
+        <v>44561</v>
       </c>
       <c r="E110" s="3">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="F110">
-        <v>76021</v>
+        <v>220989</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>6</v>
       </c>
       <c r="B111" t="s">
         <v>7</v>
       </c>
       <c r="C111" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D111" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E111" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F111">
-        <v>72002</v>
+        <v>192280</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>6</v>
       </c>
       <c r="B112" t="s">
         <v>7</v>
       </c>
       <c r="C112" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D112" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E112" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F112">
-        <v>70663</v>
+        <v>194750</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>6</v>
       </c>
       <c r="B113" t="s">
         <v>7</v>
       </c>
       <c r="C113" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D113" s="2">
-        <v>42369</v>
+        <v>45657</v>
       </c>
       <c r="E113" s="3">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="F113">
-        <v>84107</v>
+        <v>195202</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>6</v>
       </c>
       <c r="B114" t="s">
         <v>7</v>
       </c>
       <c r="C114" t="s">
         <v>15</v>
       </c>
       <c r="D114" s="2">
-        <v>42735</v>
+        <v>40178</v>
       </c>
       <c r="E114" s="3">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="F114">
-        <v>81797</v>
+        <v>64164</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>6</v>
       </c>
       <c r="B115" t="s">
         <v>7</v>
       </c>
       <c r="C115" t="s">
         <v>15</v>
       </c>
       <c r="D115" s="2">
-        <v>43100</v>
+        <v>40543</v>
       </c>
       <c r="E115" s="3">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="F115">
-        <v>72375</v>
+        <v>73536</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>6</v>
       </c>
       <c r="B116" t="s">
         <v>7</v>
       </c>
       <c r="C116" t="s">
         <v>15</v>
       </c>
       <c r="D116" s="2">
-        <v>43465</v>
+        <v>40908</v>
       </c>
       <c r="E116" s="3">
-        <v>2018</v>
+        <v>2011</v>
       </c>
       <c r="F116">
-        <v>65788</v>
+        <v>69133</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>6</v>
       </c>
       <c r="B117" t="s">
         <v>7</v>
       </c>
       <c r="C117" t="s">
         <v>15</v>
       </c>
       <c r="D117" s="2">
-        <v>43830</v>
+        <v>41274</v>
       </c>
       <c r="E117" s="3">
-        <v>2019</v>
+        <v>2012</v>
       </c>
       <c r="F117">
-        <v>53826</v>
+        <v>76021</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>6</v>
       </c>
       <c r="B118" t="s">
         <v>7</v>
       </c>
       <c r="C118" t="s">
         <v>15</v>
       </c>
       <c r="D118" s="2">
-        <v>44196</v>
+        <v>41639</v>
       </c>
       <c r="E118" s="3">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="F118">
-        <v>53304</v>
+        <v>72002</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>6</v>
       </c>
       <c r="B119" t="s">
         <v>7</v>
       </c>
       <c r="C119" t="s">
         <v>15</v>
       </c>
       <c r="D119" s="2">
-        <v>44561</v>
+        <v>42004</v>
       </c>
       <c r="E119" s="3">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="F119">
-        <v>60328</v>
+        <v>70663</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>6</v>
       </c>
       <c r="B120" t="s">
         <v>7</v>
       </c>
       <c r="C120" t="s">
         <v>15</v>
       </c>
       <c r="D120" s="2">
-        <v>44926</v>
+        <v>42369</v>
       </c>
       <c r="E120" s="3">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="F120">
-        <v>54314</v>
+        <v>84107</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>6</v>
       </c>
       <c r="B121" t="s">
         <v>7</v>
       </c>
       <c r="C121" t="s">
         <v>15</v>
       </c>
       <c r="D121" s="2">
-        <v>45291</v>
+        <v>42735</v>
       </c>
       <c r="E121" s="3">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="F121">
-        <v>57221</v>
+        <v>81797</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>6</v>
       </c>
       <c r="B122" t="s">
         <v>7</v>
       </c>
       <c r="C122" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D122" s="2">
-        <v>40178</v>
+        <v>43100</v>
       </c>
       <c r="E122" s="3">
-        <v>2009</v>
+        <v>2017</v>
       </c>
       <c r="F122">
-        <v>0</v>
+        <v>72375</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>6</v>
       </c>
       <c r="B123" t="s">
         <v>7</v>
       </c>
       <c r="C123" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D123" s="2">
-        <v>40543</v>
+        <v>43465</v>
       </c>
       <c r="E123" s="3">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="F123">
-        <v>24940</v>
+        <v>65788</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>6</v>
       </c>
       <c r="B124" t="s">
         <v>7</v>
       </c>
       <c r="C124" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D124" s="2">
-        <v>40908</v>
+        <v>43830</v>
       </c>
       <c r="E124" s="3">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="F124">
-        <v>23470</v>
+        <v>53826</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>6</v>
       </c>
       <c r="B125" t="s">
         <v>7</v>
       </c>
       <c r="C125" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D125" s="2">
-        <v>41274</v>
+        <v>44196</v>
       </c>
       <c r="E125" s="3">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="F125">
-        <v>24714</v>
+        <v>53304</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>6</v>
       </c>
       <c r="B126" t="s">
         <v>7</v>
       </c>
       <c r="C126" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D126" s="2">
-        <v>41639</v>
+        <v>44561</v>
       </c>
       <c r="E126" s="3">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="F126">
-        <v>24788</v>
+        <v>60328</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>6</v>
       </c>
       <c r="B127" t="s">
         <v>7</v>
       </c>
       <c r="C127" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D127" s="2">
-        <v>42004</v>
+        <v>44926</v>
       </c>
       <c r="E127" s="3">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="F127">
-        <v>23161</v>
+        <v>54314</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>6</v>
       </c>
       <c r="B128" t="s">
         <v>7</v>
       </c>
       <c r="C128" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D128" s="2">
-        <v>42369</v>
+        <v>45291</v>
       </c>
       <c r="E128" s="3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F128">
-        <v>25411</v>
+        <v>57221</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>6</v>
       </c>
       <c r="B129" t="s">
         <v>7</v>
       </c>
       <c r="C129" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D129" s="2">
-        <v>42735</v>
+        <v>45657</v>
       </c>
       <c r="E129" s="3">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="F129">
-        <v>27623</v>
+        <v>58657</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>6</v>
       </c>
       <c r="B130" t="s">
         <v>7</v>
       </c>
       <c r="C130" t="s">
         <v>16</v>
       </c>
       <c r="D130" s="2">
-        <v>43100</v>
+        <v>40178</v>
       </c>
       <c r="E130" s="3">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="F130">
-        <v>27268</v>
+        <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>6</v>
       </c>
       <c r="B131" t="s">
         <v>7</v>
       </c>
       <c r="C131" t="s">
         <v>16</v>
       </c>
       <c r="D131" s="2">
-        <v>43465</v>
+        <v>40543</v>
       </c>
       <c r="E131" s="3">
-        <v>2018</v>
+        <v>2010</v>
       </c>
       <c r="F131">
-        <v>27612</v>
+        <v>24940</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>6</v>
       </c>
       <c r="B132" t="s">
         <v>7</v>
       </c>
       <c r="C132" t="s">
         <v>16</v>
       </c>
       <c r="D132" s="2">
-        <v>43830</v>
+        <v>40908</v>
       </c>
       <c r="E132" s="3">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="F132">
-        <v>23510</v>
+        <v>23470</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>6</v>
       </c>
       <c r="B133" t="s">
         <v>7</v>
       </c>
       <c r="C133" t="s">
         <v>16</v>
       </c>
       <c r="D133" s="2">
-        <v>44196</v>
+        <v>41274</v>
       </c>
       <c r="E133" s="3">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="F133">
-        <v>24003</v>
+        <v>24714</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>6</v>
       </c>
       <c r="B134" t="s">
         <v>7</v>
       </c>
       <c r="C134" t="s">
         <v>16</v>
       </c>
       <c r="D134" s="2">
-        <v>44561</v>
+        <v>41639</v>
       </c>
       <c r="E134" s="3">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="F134">
-        <v>27784</v>
+        <v>24788</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>6</v>
       </c>
       <c r="B135" t="s">
         <v>7</v>
       </c>
       <c r="C135" t="s">
         <v>16</v>
       </c>
       <c r="D135" s="2">
-        <v>44926</v>
+        <v>42004</v>
       </c>
       <c r="E135" s="3">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="F135">
-        <v>22666</v>
+        <v>23161</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>6</v>
       </c>
       <c r="B136" t="s">
         <v>7</v>
       </c>
       <c r="C136" t="s">
         <v>16</v>
       </c>
       <c r="D136" s="2">
+        <v>42369</v>
+      </c>
+      <c r="E136" s="3">
+        <v>2015</v>
+      </c>
+      <c r="F136">
+        <v>25411</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>6</v>
+      </c>
+      <c r="B137" t="s">
+        <v>7</v>
+      </c>
+      <c r="C137" t="s">
+        <v>16</v>
+      </c>
+      <c r="D137" s="2">
+        <v>42735</v>
+      </c>
+      <c r="E137" s="3">
+        <v>2016</v>
+      </c>
+      <c r="F137">
+        <v>27623</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>6</v>
+      </c>
+      <c r="B138" t="s">
+        <v>7</v>
+      </c>
+      <c r="C138" t="s">
+        <v>16</v>
+      </c>
+      <c r="D138" s="2">
+        <v>43100</v>
+      </c>
+      <c r="E138" s="3">
+        <v>2017</v>
+      </c>
+      <c r="F138">
+        <v>27268</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>6</v>
+      </c>
+      <c r="B139" t="s">
+        <v>7</v>
+      </c>
+      <c r="C139" t="s">
+        <v>16</v>
+      </c>
+      <c r="D139" s="2">
+        <v>43465</v>
+      </c>
+      <c r="E139" s="3">
+        <v>2018</v>
+      </c>
+      <c r="F139">
+        <v>27612</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>6</v>
+      </c>
+      <c r="B140" t="s">
+        <v>7</v>
+      </c>
+      <c r="C140" t="s">
+        <v>16</v>
+      </c>
+      <c r="D140" s="2">
+        <v>43830</v>
+      </c>
+      <c r="E140" s="3">
+        <v>2019</v>
+      </c>
+      <c r="F140">
+        <v>23510</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>6</v>
+      </c>
+      <c r="B141" t="s">
+        <v>7</v>
+      </c>
+      <c r="C141" t="s">
+        <v>16</v>
+      </c>
+      <c r="D141" s="2">
+        <v>44196</v>
+      </c>
+      <c r="E141" s="3">
+        <v>2020</v>
+      </c>
+      <c r="F141">
+        <v>24003</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>6</v>
+      </c>
+      <c r="B142" t="s">
+        <v>7</v>
+      </c>
+      <c r="C142" t="s">
+        <v>16</v>
+      </c>
+      <c r="D142" s="2">
+        <v>44561</v>
+      </c>
+      <c r="E142" s="3">
+        <v>2021</v>
+      </c>
+      <c r="F142">
+        <v>27784</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>6</v>
+      </c>
+      <c r="B143" t="s">
+        <v>7</v>
+      </c>
+      <c r="C143" t="s">
+        <v>16</v>
+      </c>
+      <c r="D143" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E143" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F143">
+        <v>22666</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>6</v>
+      </c>
+      <c r="B144" t="s">
+        <v>7</v>
+      </c>
+      <c r="C144" t="s">
+        <v>16</v>
+      </c>
+      <c r="D144" s="2">
         <v>45291</v>
       </c>
-      <c r="E136" s="3">
+      <c r="E144" s="3">
         <v>2023</v>
       </c>
-      <c r="F136">
+      <c r="F144">
         <v>21901</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>6</v>
+      </c>
+      <c r="B145" t="s">
+        <v>7</v>
+      </c>
+      <c r="C145" t="s">
+        <v>16</v>
+      </c>
+      <c r="D145" s="2">
+        <v>45657</v>
+      </c>
+      <c r="E145" s="3">
+        <v>2024</v>
+      </c>
+      <c r="F145">
+        <v>23480</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>